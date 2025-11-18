--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>Ecole Supériure des Beaux-Arts de Nïmes</t>
+    <t>Artist in Residence at the University of Western Sydney</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Western Front Artist in Residence. Muntadas Screening and Reception</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Flyer, Programa de evento</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>Oggetto: Manifattura Tabacchi di Firenze, residenze d’artista 2018-2019</t>
   </si>
   <si>
     <t>Florencia</t>
   </si>
 </sst>
 </file>
 