--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -56,51 +56,51 @@
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Debate Lenguaje Visual</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
   <si>
     <t>Intervencions a Lleida. Idees i projectes per a una ciutat. [Folleto]</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Lleida</t>
   </si>
   <si>
-    <t>Video entre l'art I la comunició. Sèries Informatives 1.</t>
+    <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">