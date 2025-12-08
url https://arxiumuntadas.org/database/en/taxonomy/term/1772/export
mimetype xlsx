--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>Muntadas. La construcció de la por.</t>
+    <t>Muntadas. La construcció de la por</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Llistat d'obres SADOMASOQUÉS</t>
   </si>
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>Kybernetik. Vernetzte Systeme</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>