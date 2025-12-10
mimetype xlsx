--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -149,57 +149,57 @@
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT  [Madrid, España: íman]</t>
   </si>
   <si>
     <t>Las Palmas de Gran Canaria</t>
   </si>
   <si>
     <t>ATENCIÓN: LA PERCEPCIÓN REQUIERE PARTICIPACIÓN [Imán]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>On Translation: Warning (Las Palmas de Gran Canaria) [Imán]</t>
   </si>
   <si>
     <t>On Translation: Warning (Estambul) [Adhesivo]</t>
   </si>
   <si>
     <t>Estambul</t>
   </si>
   <si>
     <t>On Translation: Warning (Seúl, Art Sonje) [Instalación con Vinilo]</t>
   </si>
   <si>
+    <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
-  </si>
-[...4 lines deleted...]
-    <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Imán]</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Alsacien) [Postal]</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>