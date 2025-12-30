--- v1 (2025-12-10)
+++ v2 (2025-12-30)
@@ -149,123 +149,123 @@
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT  [Madrid, España: íman]</t>
   </si>
   <si>
     <t>Las Palmas de Gran Canaria</t>
   </si>
   <si>
     <t>ATENCIÓN: LA PERCEPCIÓN REQUIERE PARTICIPACIÓN [Imán]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>On Translation: Warning (Las Palmas de Gran Canaria) [Imán]</t>
   </si>
   <si>
     <t>On Translation: Warning (Estambul) [Adhesivo]</t>
   </si>
   <si>
     <t>Estambul</t>
   </si>
   <si>
     <t>On Translation: Warning (Seúl, Art Sonje) [Instalación con Vinilo]</t>
   </si>
   <si>
+    <t>On Translation: Warning (Budapest) [Adhesivo]</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
     <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
-    <t>Budapest</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Imán]</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
   </si>
   <si>
+    <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
+  </si>
+  <si>
+    <t>Mulhouse</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Mulhouse / Alsacien) [Postal]</t>
   </si>
   <si>
-    <t>Mulhouse</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Señal de tráfico]</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
     <t>On Translation: Warning [1999]</t>
-  </si>
-[...4 lines deleted...]
-    <t>Stuttgart</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1286,71 +1286,71 @@
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1999</v>
       </c>
       <c r="E37">
         <v>2011</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>67</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
         <v>1999</v>
       </c>
-      <c r="E38"/>
-      <c r="F38"/>
+      <c r="E38">
+        <v>2006</v>
+      </c>
+      <c r="F38" t="s">
+        <v>68</v>
+      </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
         <v>1999</v>
       </c>
-      <c r="E39">
-[...4 lines deleted...]
-      </c>
+      <c r="E39"/>
+      <c r="F39"/>
       <c r="G39"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>