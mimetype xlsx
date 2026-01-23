--- v0 (2025-10-14)
+++ v1 (2026-01-23)
@@ -293,57 +293,57 @@
   <si>
     <t>Dossier de Prensa</t>
   </si>
   <si>
     <t>Muntadas, contra la convenció</t>
   </si>
   <si>
     <t>Spectacle / Power / Mass Media [Espectáculo  / Poder / Mass Media]</t>
   </si>
   <si>
     <t>Lisboa</t>
   </si>
   <si>
     <t>Look See Perceive</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>MPA On Paper</t>
   </si>
   <si>
+    <t>Muntadas. Projects / Proposals [Hoja de sala]</t>
+  </si>
+  <si>
     <t>Muntadas. Projects / Proposals [Folleto invitación]</t>
   </si>
   <si>
     <t>Folleto</t>
-  </si>
-[...1 lines deleted...]
-    <t>Muntadas. Projects / Proposals [Hoja de sala]</t>
   </si>
   <si>
     <t>Experiencia Parcel Post</t>
   </si>
   <si>
     <t>Nottingham</t>
   </si>
   <si>
     <t>Espacio / Situación</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1697,70 +1697,70 @@
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>92</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>93</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>94</v>
+        <v>60</v>
       </c>
       <c r="D61">
         <v>2017</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>17</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
+        <v>94</v>
+      </c>
+      <c r="B62" t="s">
+        <v>8</v>
+      </c>
+      <c r="C62" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D62">
         <v>2017</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>17</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>96</v>
       </c>
       <c r="B63" t="s">
         <v>21</v>
       </c>
       <c r="C63"/>
       <c r="D63">
         <v>1972</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>97</v>
       </c>