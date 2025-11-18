--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -152,63 +152,63 @@
   <si>
     <t>Muntadas "TVE: primer intento". Pantalla abierta. Obras de la Colección MACBA</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Pamplona: Encuentros-72 de arte de vanguardia [Incluye el manifiesto "Escrito de los participantes"]</t>
   </si>
   <si>
     <t>Muntadas "in progress", en Artyco</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>At the origin of Antoni Muntadas’s The File Room: art, technology and society in the Nineties</t>
   </si>
   <si>
     <t>Tesis de graduación</t>
   </si>
   <si>
     <t>Zentsura at! 8. VIII. Zentsuraren aurkako jaialdia / VIII. Festival contra la censura / VIII. Festival Against Censorship.</t>
   </si>
   <si>
+    <t>The File Room</t>
+  </si>
+  <si>
+    <t>Ithaca (NY)</t>
+  </si>
+  <si>
+    <t>Over Censuur</t>
+  </si>
+  <si>
+    <t>Países Bajos</t>
+  </si>
+  <si>
     <t>TVE: Primer Intento</t>
-  </si>
-[...10 lines deleted...]
-    <t>Países Bajos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -913,88 +913,88 @@
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>34</v>
       </c>
       <c r="D21">
         <v>2013</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>17</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="E22"/>
-      <c r="F22"/>
+      <c r="F22" t="s">
+        <v>47</v>
+      </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23"/>
       <c r="D23">
         <v>1994</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24"/>
       <c r="D24">
-        <v>1994</v>
+        <v>1989</v>
       </c>
       <c r="E24"/>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F24"/>
       <c r="G24"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>