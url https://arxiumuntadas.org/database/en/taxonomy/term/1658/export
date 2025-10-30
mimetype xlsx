--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -74,63 +74,63 @@
   <si>
     <t>Muntadas: Contextos III. Una antología crítica</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Momenta Art [Sobre de stickers]</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Context [Sticker]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
+    <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
     <t>La Metodologia del Progetto</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Venecia</t>
-  </si>
-[...4 lines deleted...]
-    <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Diario 10 - 22 diciembre</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Contexto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -583,70 +583,70 @@
       <c r="C6"/>
       <c r="D6">
         <v>1999</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>17</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2012</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D8">
         <v>2012</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9"/>
       <c r="D9">
         <v>1974</v>
       </c>
       <c r="E9">
         <v>1975</v>
       </c>
       <c r="F9" t="s">
         <v>26</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>27</v>