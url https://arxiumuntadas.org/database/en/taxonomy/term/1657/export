--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -56,51 +56,51 @@
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Attenzione: La Percezione Richiede Partecipazione</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Florencia</t>
   </si>
   <si>
     <t>On Translation: Warning (Mongol) [Adhesivo]</t>
   </si>
   <si>
     <t>Ulaanbaatar</t>
   </si>
   <si>
     <t>Context [Sticker]</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
-    <t>On Translation: Pille, 2006-2014</t>
+    <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>