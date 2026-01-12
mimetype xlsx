--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -65,78 +65,78 @@
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>Massachusetts (MA)</t>
   </si>
   <si>
     <t>Kontakt. Od kontemplacji do agitacji / Contact. From contemplation to agitation</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Cracovia</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>MANTUA MAIL 78</t>
   </si>
   <si>
     <t>Mantua</t>
   </si>
   <si>
+    <t>Diferenzia Video. Rassegna Internazionale del video d'artista</t>
+  </si>
+  <si>
+    <t>Nápoles</t>
+  </si>
+  <si>
+    <t>Procesos. Cultura y Nuevas Tecnologías</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>9è Journées Internationales de la Photo et de l' Audiovisuel de Montepellier 1988</t>
+  </si>
+  <si>
+    <t>Montpellier</t>
+  </si>
+  <si>
+    <t>A New Necessity. The First Tyne International.</t>
+  </si>
+  <si>
+    <t>Newcastle</t>
+  </si>
+  <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
     <t>Sao Paulo</t>
-  </si>
-[...22 lines deleted...]
-    <t>Newcastle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>