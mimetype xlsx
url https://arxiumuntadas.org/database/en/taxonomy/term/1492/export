--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -71,72 +71,72 @@
   <si>
     <t>Los artistas abrimos preguntas, no necesariamente tenemos que contestar</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Montevideo</t>
   </si>
   <si>
     <t>Muntadas: Apostar por lo invisible</t>
   </si>
   <si>
     <t>La Habana</t>
   </si>
   <si>
     <t>Sintonías e interferencias [periódico Egin, Insert]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
+    <t>Espais protegits/espais públics, en: Art públic, universitat pública. VI Mostra d’art públic per a joves creadors [Publicación]</t>
+  </si>
+  <si>
+    <t>Conferencia, Flyer</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Espacios protegidos | espacios públicos</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Londres</t>
-  </si>
-[...13 lines deleted...]
-    <t>Buenos Aires</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
     <t>Prohibido Prohibir</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -573,99 +573,99 @@
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5"/>
       <c r="D5">
         <v>1990</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D7">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D8">
-        <v>2002</v>
+        <v>1990</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>17</v>
       </c>
       <c r="C10"/>
       <c r="D10">
         <v>2015</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">