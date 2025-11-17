--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -62,105 +62,105 @@
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
   <si>
+    <t>Artist' Video Tapes</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Paris</t>
+  </si>
+  <si>
+    <t>Arte de Video</t>
+  </si>
+  <si>
     <t>The Kitchen Center for Video and Music 75-76</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Documenta 6. Kassel. Handzeichnungen utopisches design bücher</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
   </si>
   <si>
     <t>Taormina</t>
   </si>
   <si>
     <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
-  </si>
-[...13 lines deleted...]
-    <t>Arte de Video</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Caracas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -564,299 +564,299 @@
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6">
-        <v>1977</v>
+        <v>1975</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>19</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
-        <v>1978</v>
+        <v>1975</v>
       </c>
       <c r="E7"/>
-      <c r="F7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8">
-        <v>1991</v>
+        <v>1976</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1979</v>
+        <v>1978</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D11">
-        <v>1974</v>
+        <v>1991</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
         <v>1975</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" t="s">
         <v>34</v>
       </c>
-      <c r="B14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14">
-        <v>1975</v>
+        <v>1974</v>
       </c>
       <c r="E14"/>
-      <c r="F14"/>
+      <c r="F14" t="s">
+        <v>26</v>
+      </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>