--- v1 (2025-11-17)
+++ v2 (2025-12-10)
@@ -62,105 +62,105 @@
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
   <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
     <t>Artist' Video Tapes</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
   </si>
   <si>
     <t>Buenos Aires, Paris</t>
   </si>
   <si>
     <t>Arte de Video</t>
   </si>
   <si>
     <t>The Kitchen Center for Video and Music 75-76</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Documenta 6. Kassel. Handzeichnungen utopisches design bücher</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
   </si>
   <si>
-    <t>Barcelona</t>
-[...1 lines deleted...]
-  <si>
     <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
   </si>
   <si>
     <t>Taormina</t>
   </si>
   <si>
     <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
     <t>Buenos Aires</t>
-  </si>
-[...10 lines deleted...]
-    <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Caracas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -564,299 +564,299 @@
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D6">
-        <v>1975</v>
+        <v>1974</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
         <v>1975</v>
       </c>
       <c r="E7"/>
-      <c r="F7"/>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
-        <v>1977</v>
+        <v>1975</v>
       </c>
       <c r="E9"/>
-      <c r="F9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F9"/>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1978</v>
+        <v>1976</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11">
-        <v>1991</v>
+        <v>1977</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13">
-        <v>1979</v>
+        <v>1991</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="D14">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>