--- v2 (2025-12-10)
+++ v3 (2026-01-18)
@@ -62,105 +62,105 @@
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
   <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>Fourth International Open Encounter on Video</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
     <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Artist' Video Tapes</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
   </si>
   <si>
     <t>Buenos Aires, Paris</t>
   </si>
   <si>
     <t>Arte de Video</t>
   </si>
   <si>
     <t>The Kitchen Center for Video and Music 75-76</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Documenta 6. Kassel. Handzeichnungen utopisches design bücher</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
-  </si>
-[...10 lines deleted...]
-    <t>Buenos Aires</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Caracas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -564,299 +564,299 @@
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5">
-        <v>1979</v>
+        <v>1991</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D6">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8">
-        <v>1975</v>
+        <v>1974</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
         <v>1975</v>
       </c>
       <c r="E9"/>
-      <c r="F9"/>
+      <c r="F9" t="s">
+        <v>26</v>
+      </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11">
-        <v>1977</v>
+        <v>1975</v>
       </c>
       <c r="E11"/>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F11"/>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
-        <v>1978</v>
+        <v>1976</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13">
-        <v>1991</v>
+        <v>1977</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>25</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>