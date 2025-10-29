--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -158,54 +158,54 @@
   <si>
     <t>Pierre Restany. Le coeur et la raison.</t>
   </si>
   <si>
     <t>Morlaix</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Barcelona, Granada, Madrid, Sevilla</t>
   </si>
   <si>
     <t>I Martedi Critici. Antoni Muntadas</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
+    <t>Exposición</t>
+  </si>
+  <si>
     <t>Pierre Restany.Le coeur et la raison.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Exposición</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -883,75 +883,75 @@
         <v>44</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19">
         <v>2017</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>47</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>37</v>
+      </c>
+      <c r="B20" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G21"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>