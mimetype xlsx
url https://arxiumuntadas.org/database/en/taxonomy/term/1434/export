--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -140,60 +140,60 @@
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>SEPT. 11. 1974, SEPT. 11. 1978</t>
   </si>
   <si>
     <t>Muntadas. WORTE: Die Pressekonferenz</t>
   </si>
   <si>
     <t>Innsbruck</t>
   </si>
   <si>
     <t>The Bienal Internacional de São Paulo: a concise history, 1951-2014.</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
+    <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "El País"</t>
+  </si>
+  <si>
     <t>The Close-Up series. Tríptico “Le Monde”</t>
   </si>
   <si>
     <t>Anuncios por palabras</t>
-  </si>
-[...4 lines deleted...]
-    <t>The Close-Up series. Tríptico "El País"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -848,90 +848,90 @@
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>18</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>1984</v>
       </c>
       <c r="E19">
         <v>2010</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>18</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>1973</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E20">
+        <v>2010</v>
+      </c>
+      <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>18</v>
       </c>
       <c r="C21"/>
       <c r="D21">
         <v>1984</v>
       </c>
       <c r="E21">
         <v>2010</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>18</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F22"/>
+        <v>1973</v>
+      </c>
+      <c r="E22"/>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
       <c r="G22"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>