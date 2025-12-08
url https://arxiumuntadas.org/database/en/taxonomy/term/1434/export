--- v1 (2025-11-18)
+++ v2 (2025-12-08)
@@ -140,60 +140,60 @@
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>SEPT. 11. 1974, SEPT. 11. 1978</t>
   </si>
   <si>
     <t>Muntadas. WORTE: Die Pressekonferenz</t>
   </si>
   <si>
     <t>Innsbruck</t>
   </si>
   <si>
     <t>The Bienal Internacional de São Paulo: a concise history, 1951-2014.</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
+    <t>Anuncios por palabras</t>
+  </si>
+  <si>
     <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico "El País"</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico “Le Monde”</t>
-  </si>
-[...1 lines deleted...]
-    <t>Anuncios por palabras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -831,107 +831,107 @@
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>41</v>
       </c>
       <c r="D18">
         <v>1993</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>37</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>18</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F19"/>
+        <v>1973</v>
+      </c>
+      <c r="E19"/>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>18</v>
       </c>
       <c r="C20"/>
       <c r="D20">
         <v>1984</v>
       </c>
       <c r="E20">
         <v>2010</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>18</v>
       </c>
       <c r="C21"/>
       <c r="D21">
         <v>1984</v>
       </c>
       <c r="E21">
         <v>2010</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>18</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>1973</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E22">
+        <v>2010</v>
+      </c>
+      <c r="F22"/>
       <c r="G22"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>