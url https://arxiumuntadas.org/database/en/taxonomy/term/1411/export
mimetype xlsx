--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -119,66 +119,66 @@
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>Fuso 2019 - Anual de Vídeo Arte Internacional de Lisboa</t>
   </si>
   <si>
     <t>II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>PhotoESPAÑA 2019. Ciudades // Cities</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>X Annual Avant-Garde Festival</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
+    <t>Festival des Arts Électroniques</t>
+  </si>
+  <si>
+    <t>Rennes</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
     <t>Ars electronica.Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
   </si>
   <si>
     <t>Linz</t>
-  </si>
-[...10 lines deleted...]
-    <t>Montbéliard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>