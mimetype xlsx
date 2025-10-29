--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -568,75 +568,75 @@
         <v>18</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7">
         <v>1982</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>12</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>12</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G9"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>