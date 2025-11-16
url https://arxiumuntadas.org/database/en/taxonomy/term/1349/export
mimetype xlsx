--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -95,78 +95,78 @@
   <si>
     <t>About 405 East 13th Street</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Muntadas, contra la convenció</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Home, Where is Home?</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Caen</t>
   </si>
   <si>
+    <t>...Fuera de Formato</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Vanguardia y últimas tendencias. [Programa Video]</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>Dark rooms</t>
+  </si>
+  <si>
     <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Terrassa</t>
   </si>
   <si>
     <t>JEAN DUPUY à la bonne heure!</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Niza</t>
-  </si>
-[...10 lines deleted...]
-    <t>Dark rooms</t>
   </si>
   <si>
     <t>Handel</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -659,176 +659,176 @@
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>26</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10">
-        <v>1987</v>
+        <v>1982</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D11">
-        <v>2008</v>
+        <v>1983</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D14">
-        <v>1985</v>
+        <v>2008</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B16" t="s">
         <v>25</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>25</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18"/>
       <c r="D18">
         <v>1992</v>
       </c>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>