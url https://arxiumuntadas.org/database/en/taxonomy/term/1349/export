--- v1 (2025-11-16)
+++ v2 (2026-01-13)
@@ -95,51 +95,51 @@
   <si>
     <t>About 405 East 13th Street</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Muntadas, contra la convenció</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Home, Where is Home?</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Caen</t>
   </si>
   <si>
-    <t>...Fuera de Formato</t>
+    <t>Fuera de Formato</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Vanguardia y últimas tendencias. [Programa Video]</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
     <t>Dark rooms</t>
   </si>
   <si>
     <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
   </si>
   <si>
     <t>Terrassa</t>
   </si>
   <si>
     <t>JEAN DUPUY à la bonne heure!</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>