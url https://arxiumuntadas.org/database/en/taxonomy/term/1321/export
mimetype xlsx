--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -95,50 +95,62 @@
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Madrid, España: Postal]</t>
   </si>
   <si>
     <t>Mauri I Muntadas [Flyer]</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Postal]</t>
   </si>
   <si>
     <t>Berkeley (CA)</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Folleto]</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Adhesivo]</t>
   </si>
   <si>
+    <t>Corporate identities</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Imaquinaciones: Dieciséis miradas al 92</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
     <t>La colección del IVAM. Adquisiciones 1985-1992</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Stichting Gordon Matta-Clark Een Selectie</t>
   </si>
   <si>
     <t>Turnhout</t>
   </si>
   <si>
     <t>New York: nomadic design</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Edicions</t>
   </si>
   <si>
     <t>Transterrats</t>
   </si>
   <si>
     <t>New images from Spain [Hastings Gallery]</t>
@@ -159,62 +171,50 @@
     <t>Cidade Imaginada / Imagined City</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
     <t>...Fuera de Formato</t>
   </si>
   <si>
     <t>ARS 95 Helsinki</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Les Nouveaux Imaginaires</t>
   </si>
   <si>
     <t>Charleroi</t>
-  </si>
-[...10 lines deleted...]
-    <t>Sevilla</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -736,336 +736,336 @@
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10">
         <v>2001</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>28</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12">
         <v>1992</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D14">
-        <v>2003</v>
+        <v>1992</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
-        <v>1994</v>
+        <v>1993</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D16">
-        <v>1980</v>
+        <v>2003</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D17">
         <v>1994</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
-        <v>1982</v>
+        <v>1980</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="D19">
         <v>1994</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20">
         <v>1982</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>1983</v>
+        <v>1982</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D23">
-        <v>2001</v>
+        <v>1995</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24">
-        <v>1985</v>
+        <v>1983</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="D25">
-        <v>1989</v>
+        <v>2001</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
-        <v>1992</v>
+        <v>1985</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>