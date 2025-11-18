--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -95,126 +95,126 @@
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Madrid, España: Postal]</t>
   </si>
   <si>
     <t>Mauri I Muntadas [Flyer]</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Postal]</t>
   </si>
   <si>
     <t>Berkeley (CA)</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Folleto]</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Adhesivo]</t>
   </si>
   <si>
+    <t>Imaquinaciones: Dieciséis miradas al 92</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>La colección del IVAM. Adquisiciones 1985-1992</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Stichting Gordon Matta-Clark Een Selectie</t>
+  </si>
+  <si>
+    <t>Turnhout</t>
+  </si>
+  <si>
+    <t>New York: nomadic design</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>Transterrats</t>
+  </si>
+  <si>
+    <t>New images from Spain [Hastings Gallery]</t>
+  </si>
+  <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
+  </si>
+  <si>
+    <t>Almada</t>
+  </si>
+  <si>
+    <t>Cidade Imaginada / Imagined City</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>...Fuera de Formato</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Les Nouveaux Imaginaires</t>
+  </si>
+  <si>
+    <t>Charleroi</t>
+  </si>
+  <si>
     <t>Corporate identities</t>
   </si>
   <si>
     <t>Manchester</t>
-  </si>
-[...70 lines deleted...]
-    <t>Charleroi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -736,51 +736,51 @@
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10">
         <v>2001</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>28</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12">
         <v>1992</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12"/>
@@ -793,279 +793,279 @@
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13">
         <v>1992</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D15">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D16">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>1994</v>
+        <v>1980</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18">
-        <v>1980</v>
+        <v>1994</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D19">
-        <v>1994</v>
+        <v>1982</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20">
-        <v>1982</v>
+        <v>1994</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
-        <v>1994</v>
+        <v>1982</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23">
-        <v>1995</v>
+        <v>1983</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="D24">
-        <v>1983</v>
+        <v>2001</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="D25">
-        <v>2001</v>
+        <v>1985</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>