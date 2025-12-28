--- v2 (2025-11-18)
+++ v3 (2025-12-28)
@@ -95,50 +95,65 @@
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Madrid, España: Postal]</t>
   </si>
   <si>
     <t>Mauri I Muntadas [Flyer]</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Postal]</t>
   </si>
   <si>
     <t>Berkeley (CA)</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Folleto]</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Adhesivo]</t>
   </si>
   <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Les Nouveaux Imaginaires</t>
+  </si>
+  <si>
+    <t>Charleroi</t>
+  </si>
+  <si>
+    <t>Corporate identities</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>La colección del IVAM. Adquisiciones 1985-1992</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Stichting Gordon Matta-Clark Een Selectie</t>
   </si>
   <si>
     <t>Turnhout</t>
   </si>
   <si>
     <t>New York: nomadic design</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Edicions</t>
@@ -146,75 +161,60 @@
   <si>
     <t>Transterrats</t>
   </si>
   <si>
     <t>New images from Spain [Hastings Gallery]</t>
   </si>
   <si>
     <t>Coŀlecció d'art de l'avui</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
   </si>
   <si>
     <t>Almada</t>
   </si>
   <si>
     <t>Cidade Imaginada / Imagined City</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
-    <t>...Fuera de Formato</t>
+    <t>Fuera de Formato</t>
   </si>
   <si>
     <t>ARS 95 Helsinki</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
-  </si>
-[...13 lines deleted...]
-    <t>Manchester</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -727,349 +727,349 @@
         <v>24</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10">
         <v>2001</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" t="s">
         <v>27</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12">
-        <v>1992</v>
+        <v>1985</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D15">
-        <v>2003</v>
+        <v>1992</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>1980</v>
+        <v>1993</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="D18">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19">
-        <v>1982</v>
+        <v>1994</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20">
-        <v>1994</v>
+        <v>1980</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" t="s">
         <v>44</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21">
-        <v>1982</v>
+        <v>1994</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>1995</v>
+        <v>1982</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>46</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="D24">
-        <v>2001</v>
+        <v>1982</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25">
-        <v>1985</v>
+        <v>1995</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
-        <v>1989</v>
+        <v>1983</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>