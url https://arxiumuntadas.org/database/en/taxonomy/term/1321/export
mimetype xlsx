--- v3 (2025-12-28)
+++ v4 (2026-01-18)
@@ -95,126 +95,126 @@
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Madrid, España: Postal]</t>
   </si>
   <si>
     <t>Mauri I Muntadas [Flyer]</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Postal]</t>
   </si>
   <si>
     <t>Berkeley (CA)</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Folleto]</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Adhesivo]</t>
   </si>
   <si>
+    <t>Stichting Gordon Matta-Clark Een Selectie</t>
+  </si>
+  <si>
+    <t>Turnhout</t>
+  </si>
+  <si>
+    <t>New York: nomadic design</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>Transterrats</t>
+  </si>
+  <si>
+    <t>New images from Spain [Hastings Gallery]</t>
+  </si>
+  <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
+  </si>
+  <si>
+    <t>Almada</t>
+  </si>
+  <si>
+    <t>Cidade Imaginada / Imagined City</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>Fuera de Formato</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Les Nouveaux Imaginaires</t>
   </si>
   <si>
     <t>Charleroi</t>
   </si>
   <si>
     <t>Corporate identities</t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>La colección del IVAM. Adquisiciones 1985-1992</t>
-  </si>
-[...52 lines deleted...]
-    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -727,349 +727,349 @@
         <v>24</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10">
         <v>2001</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D11">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12">
-        <v>1985</v>
+        <v>1993</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D13">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
-        <v>1992</v>
+        <v>1980</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D16">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>1993</v>
+        <v>1982</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D18">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>39</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19">
-        <v>1994</v>
+        <v>1982</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20">
-        <v>1980</v>
+        <v>1995</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="D21">
-        <v>1994</v>
+        <v>1983</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" t="s">
         <v>45</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22">
-        <v>1982</v>
+        <v>2001</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23">
-        <v>1994</v>
+        <v>1985</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24">
-        <v>1982</v>
+        <v>1989</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>51</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
-        <v>1983</v>
+        <v>1992</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>