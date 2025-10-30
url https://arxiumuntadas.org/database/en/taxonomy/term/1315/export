--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -107,66 +107,66 @@
   <si>
     <t>Barcelona, Granada, Madrid, San Sebastián, Sevilla</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 6. Educación</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 5. Cultura popular</t>
   </si>
   <si>
     <t>Barcelona, Granada, San Sebastián, Sevilla</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 3</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 2</t>
   </si>
   <si>
     <t>Barcelona, San Sebastián, Sevilla</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 1</t>
   </si>
   <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
     <t>Arteguía 1976 Nº21</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Madrid</t>
-  </si>
-[...7 lines deleted...]
-    <t>Barcelona, Granada, Madrid, Sevilla</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -734,92 +734,92 @@
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13">
         <v>2004</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>29</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D14">
-        <v>1976</v>
+        <v>2007</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16">
-        <v>2014</v>
+        <v>1976</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>