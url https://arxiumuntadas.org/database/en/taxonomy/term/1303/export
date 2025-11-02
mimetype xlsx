--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -149,81 +149,81 @@
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>INPUT</t>
   </si>
   <si>
     <t>Mauri I Muntadas [Flyer]</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum</t>
   </si>
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Video Drive-In. 3 programes de vídeo americà</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea</t>
+  </si>
+  <si>
+    <t>Pour la Suite du Monde.</t>
+  </si>
+  <si>
+    <t>Montréal</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis. Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
     <t>Verbas: A sala de Prensa</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Dark rooms</t>
-  </si>
-[...22 lines deleted...]
-    <t>Saint-Denis</t>
   </si>
   <si>
     <t>Cámara Subsensorial</t>
   </si>
   <si>
     <t>Diálogo [Caja de Luz]</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Columbus (OH)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -894,153 +894,153 @@
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2003</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D19">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D20">
-        <v>1985</v>
+        <v>1992</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D21">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>51</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D22">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="D23">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D24">
-        <v>1996</v>
+        <v>1985</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>56</v>
       </c>
       <c r="B25" t="s">
         <v>37</v>
       </c>
       <c r="C25"/>
       <c r="D25">
         <v>1971</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>27</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">