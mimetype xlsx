--- v1 (2025-11-02)
+++ v2 (2026-01-02)
@@ -149,81 +149,81 @@
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>INPUT</t>
   </si>
   <si>
     <t>Mauri I Muntadas [Flyer]</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum</t>
   </si>
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Dark rooms</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
     <t>Video Drive-In. 3 programes de vídeo americà</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Televisión y vídeo de creación en la Comunidad Europea</t>
   </si>
   <si>
     <t>Pour la Suite du Monde.</t>
   </si>
   <si>
     <t>Montréal</t>
   </si>
   <si>
     <t>Artifices 4. St. Denis. Langages en perspective.</t>
   </si>
   <si>
     <t>Saint-Denis</t>
   </si>
   <si>
     <t>Verbas: A sala de Prensa</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dark rooms</t>
   </si>
   <si>
     <t>Cámara Subsensorial</t>
   </si>
   <si>
     <t>Diálogo [Caja de Luz]</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Columbus (OH)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -897,150 +897,150 @@
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2003</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19">
-        <v>1989</v>
+        <v>1985</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21">
         <v>1992</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>46</v>
       </c>
       <c r="D22">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D23">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D24">
-        <v>1985</v>
+        <v>1995</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>56</v>
       </c>
       <c r="B25" t="s">
         <v>37</v>
       </c>
       <c r="C25"/>
       <c r="D25">
         <v>1971</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>27</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">