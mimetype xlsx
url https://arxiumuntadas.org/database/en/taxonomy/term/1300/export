--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -83,78 +83,78 @@
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni [Dossier de prensa y lista de obras]</t>
   </si>
   <si>
     <t>Dossier de Prensa</t>
   </si>
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni</t>
   </si>
   <si>
     <t>Señales de vídeo: Aspectos de la videocreación española de los últimos años.</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Transterrats</t>
+  </si>
+  <si>
     <t>CAPS/ICI 1981 Traveling Video Festival.</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Edge'92</t>
   </si>
   <si>
     <t>Madrid, Londres</t>
-  </si>
-[...7 lines deleted...]
-    <t>Transterrats</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -613,135 +613,135 @@
         <v>1996</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G14"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>