--- v1 (2025-10-29)
+++ v2 (2026-01-13)
@@ -83,78 +83,78 @@
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni [Dossier de prensa y lista de obras]</t>
   </si>
   <si>
     <t>Dossier de Prensa</t>
   </si>
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni</t>
   </si>
   <si>
     <t>Señales de vídeo: Aspectos de la videocreación española de los últimos años.</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>Imaquinaciones: Dieciséis miradas al 92</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>Madrid, Londres</t>
+  </si>
+  <si>
     <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Transterrats</t>
   </si>
   <si>
     <t>CAPS/ICI 1981 Traveling Video Festival.</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
-  </si>
-[...13 lines deleted...]
-    <t>Madrid, Londres</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -598,135 +598,135 @@
         <v>18</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>1996</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>