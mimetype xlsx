--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -140,93 +140,93 @@
   <si>
     <t>All'origine di The File Room di Antoni Muntadas: arte, tecnologia e società negli anni Novanta.</t>
   </si>
   <si>
     <t>Tesis de graduación</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Cien Años de Cultura Catalana 1880-1990</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
+    <t>Espaces Interactifs. Europe</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Folleto]</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
     <t>New images from Spain [Hastings Gallery]</t>
   </si>
   <si>
     <t>Metavisuels / Metavisuals</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Towards the Lens</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>10 Contemporains Espagnols</t>
   </si>
   <si>
     <t>Le Péage-de-Rousillon</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats</t>
   </si>
   <si>
-    <t>Espaces Interactifs. Europe</t>
-[...5 lines deleted...]
-    <t>Folleto</t>
+    <t>A + B</t>
   </si>
   <si>
     <t>Exhibition [Nueva York]</t>
-  </si>
-[...1 lines deleted...]
-    <t>A + B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -855,240 +855,240 @@
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>2008</v>
       </c>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18">
-        <v>1980</v>
+        <v>1996</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D19">
-        <v>1980</v>
+        <v>2003</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20">
-        <v>1989</v>
+        <v>1980</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>38</v>
       </c>
       <c r="D21">
-        <v>1990</v>
+        <v>1980</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>38</v>
       </c>
       <c r="D22">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>38</v>
       </c>
       <c r="D23">
         <v>1990</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>38</v>
       </c>
       <c r="D24">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>38</v>
       </c>
       <c r="D25">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D26">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>27</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1987</v>
+        <v>1971</v>
       </c>
       <c r="E27"/>
-      <c r="F27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F27"/>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1971</v>
+        <v>1987</v>
       </c>
       <c r="E28"/>
-      <c r="F28"/>
+      <c r="F28" t="s">
+        <v>32</v>
+      </c>
       <c r="G28"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>