--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Blanco" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Portada e ilustración para el volumen "Pedir la luna. Una reflexión colectiva sobre el arte de traducir"</t>
   </si>
   <si>
@@ -71,50 +71,53 @@
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>The Construction of Fear, Amman [Póster]</t>
   </si>
   <si>
     <t>Amman</t>
   </si>
   <si>
     <t>Stadium VII [Póster]</t>
   </si>
   <si>
     <t>Santa Barbara (CA)</t>
   </si>
   <si>
     <t>Muntadas : Híbridos [Póster]</t>
   </si>
   <si>
+    <t>Otros materiales de difusión, Poster Exposición Individual</t>
+  </si>
+  <si>
     <t>Warning: Perception Requires Involvement</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>Muntadas: tres proyecciones</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Muntadas. Projeto</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
   <si>
     <t>Barcelona</t>
@@ -140,87 +143,87 @@
   <si>
     <t>All'origine di The File Room di Antoni Muntadas: arte, tecnologia e società negli anni Novanta.</t>
   </si>
   <si>
     <t>Tesis de graduación</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Cien Años de Cultura Catalana 1880-1990</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
+    <t>10 Contemporains Espagnols</t>
+  </si>
+  <si>
+    <t>Le Péage-de-Rousillon</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats</t>
+  </si>
+  <si>
     <t>Espaces Interactifs. Europe</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
     <t>New images from Spain [Hastings Gallery]</t>
   </si>
   <si>
     <t>Metavisuels / Metavisuals</t>
   </si>
   <si>
     <t>Towards the Lens</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
-  </si>
-[...7 lines deleted...]
-    <t>Present I futurs. Arquitectura a les ciutats</t>
   </si>
   <si>
     <t>A + B</t>
   </si>
   <si>
     <t>Exhibition [Nueva York]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -648,446 +651,446 @@
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5">
         <v>1992</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D6">
         <v>1988</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>9</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>1999</v>
       </c>
       <c r="E11">
         <v>2007</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12">
         <v>1987</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14">
         <v>2019</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15">
         <v>1980</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>9</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1999</v>
       </c>
       <c r="E16">
         <v>2005</v>
       </c>
       <c r="F16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>2008</v>
       </c>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D18">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D19">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>46</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D20">
-        <v>1980</v>
+        <v>1996</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="D21">
-        <v>1980</v>
+        <v>2003</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D22">
-        <v>1989</v>
+        <v>1980</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D23">
-        <v>1990</v>
+        <v>1980</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D24">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D25">
         <v>1990</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D26">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>1971</v>
       </c>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
         <v>1987</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G28"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>