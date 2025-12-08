--- v2 (2025-11-18)
+++ v3 (2025-12-08)
@@ -143,87 +143,87 @@
   <si>
     <t>All'origine di The File Room di Antoni Muntadas: arte, tecnologia e società negli anni Novanta.</t>
   </si>
   <si>
     <t>Tesis de graduación</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Cien Años de Cultura Catalana 1880-1990</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
+    <t>Vídeo, el temps I l'espai.</t>
+  </si>
+  <si>
+    <t>New images from Spain [Hastings Gallery]</t>
+  </si>
+  <si>
+    <t>Metavisuels / Metavisuals</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Towards the Lens</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>Las Arenas-Getxo</t>
+  </si>
+  <si>
     <t>10 Contemporains Espagnols</t>
   </si>
   <si>
     <t>Le Péage-de-Rousillon</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats</t>
   </si>
   <si>
     <t>Espaces Interactifs. Europe</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas. On Translation: Museum [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
-  </si>
-[...16 lines deleted...]
-    <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>A + B</t>
   </si>
   <si>
     <t>Exhibition [Nueva York]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -858,207 +858,207 @@
       <c r="A17" t="s">
         <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>2008</v>
       </c>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>39</v>
       </c>
       <c r="D18">
-        <v>1990</v>
+        <v>1980</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
         <v>39</v>
       </c>
       <c r="D19">
-        <v>1996</v>
+        <v>1980</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>39</v>
       </c>
       <c r="D20">
-        <v>1996</v>
+        <v>1989</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="D21">
-        <v>2003</v>
+        <v>1990</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>39</v>
       </c>
       <c r="D22">
-        <v>1980</v>
+        <v>1990</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>39</v>
       </c>
       <c r="D23">
-        <v>1980</v>
+        <v>1990</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>39</v>
       </c>
       <c r="D24">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>39</v>
       </c>
       <c r="D25">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="D26">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>1971</v>
       </c>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>