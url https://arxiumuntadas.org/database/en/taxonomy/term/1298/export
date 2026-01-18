--- v3 (2025-12-08)
+++ v4 (2026-01-18)
@@ -143,87 +143,87 @@
   <si>
     <t>All'origine di The File Room di Antoni Muntadas: arte, tecnologia e società negli anni Novanta.</t>
   </si>
   <si>
     <t>Tesis de graduación</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Cien Años de Cultura Catalana 1880-1990</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
+    <t>Espaces Interactifs. Europe</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Folleto]</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
     <t>New images from Spain [Hastings Gallery]</t>
   </si>
   <si>
     <t>Metavisuels / Metavisuals</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Towards the Lens</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>10 Contemporains Espagnols</t>
   </si>
   <si>
     <t>Le Péage-de-Rousillon</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats</t>
-  </si>
-[...7 lines deleted...]
-    <t>Folleto</t>
   </si>
   <si>
     <t>A + B</t>
   </si>
   <si>
     <t>Exhibition [Nueva York]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -858,203 +858,203 @@
       <c r="A17" t="s">
         <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>2008</v>
       </c>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>39</v>
       </c>
       <c r="D18">
-        <v>1980</v>
+        <v>1996</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D19">
-        <v>1980</v>
+        <v>2003</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>39</v>
       </c>
       <c r="D20">
-        <v>1989</v>
+        <v>1980</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>39</v>
       </c>
       <c r="D21">
-        <v>1990</v>
+        <v>1980</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>39</v>
       </c>
       <c r="D22">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>39</v>
       </c>
       <c r="D23">
         <v>1990</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>39</v>
       </c>
       <c r="D24">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>39</v>
       </c>
       <c r="D25">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="D26">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>28</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>1971</v>
       </c>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>57</v>