--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -131,63 +131,63 @@
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Muntadas: Apostar por lo invisible</t>
   </si>
   <si>
     <t>La Habana</t>
   </si>
   <si>
     <t>Miratges. De la postfotografia al ciberespai</t>
   </si>
   <si>
     <t>Miratges. De la postfotografia al ciberespai [Disquette]</t>
   </si>
   <si>
     <t>The Art Happens Here: Net Art Anthology</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
+    <t>16ª Bienal de São Paulo</t>
+  </si>
+  <si>
+    <t>Vanguardia y últimas tendencias</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
     <t>9è Journées Internationales de la Photo et de l' Audiovisuel de Montepellier 1988</t>
   </si>
   <si>
     <t>Montpellier</t>
-  </si>
-[...7 lines deleted...]
-    <t>Zaragoza</t>
   </si>
   <si>
     <t>Diario 10 - 22 diciembre</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -833,66 +833,66 @@
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
         <v>1981</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>19</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>18</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>18</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>