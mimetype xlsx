--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -104,63 +104,63 @@
   <si>
     <t>TRA 73</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Pamplona: Encuentros-72 de arte de vanguardia [Incluye el manifiesto "Escrito de los participantes"]</t>
   </si>
   <si>
     <t>Experimental Media</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>X Annual Avant-Garde Festival</t>
   </si>
   <si>
     <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
   </si>
   <si>
     <t>Nantes</t>
   </si>
   <si>
+    <t>Mano - Pelota - Pared</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Los Subsentidos</t>
+  </si>
+  <si>
     <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
-  </si>
-[...10 lines deleted...]
-    <t>Los Subsentidos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -742,90 +742,90 @@
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>23</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>29</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F15"/>
+        <v>1972</v>
+      </c>
+      <c r="E15"/>
+      <c r="F15" t="s">
+        <v>32</v>
+      </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>31</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>1971</v>
       </c>
-      <c r="E17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E17">
+        <v>2011</v>
+      </c>
+      <c r="F17"/>
       <c r="G17"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>