--- v1 (2025-10-29)
+++ v2 (2025-12-08)
@@ -104,63 +104,63 @@
   <si>
     <t>TRA 73</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Pamplona: Encuentros-72 de arte de vanguardia [Incluye el manifiesto "Escrito de los participantes"]</t>
   </si>
   <si>
     <t>Experimental Media</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>X Annual Avant-Garde Festival</t>
   </si>
   <si>
     <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
   </si>
   <si>
     <t>Nantes</t>
   </si>
   <si>
+    <t>Los Subsentidos</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
+  </si>
+  <si>
     <t>Mano - Pelota - Pared</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...1 lines deleted...]
-  <si>
     <t>Vilanova de la Roca</t>
-  </si>
-[...4 lines deleted...]
-    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -742,90 +742,90 @@
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>23</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>29</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>31</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1971</v>
       </c>
-      <c r="E16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E16">
+        <v>2011</v>
+      </c>
+      <c r="F16"/>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17"/>
       <c r="D17">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F17"/>
+        <v>1972</v>
+      </c>
+      <c r="E17"/>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
       <c r="G17"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>