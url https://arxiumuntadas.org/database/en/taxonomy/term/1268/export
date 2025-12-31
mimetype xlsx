--- v0 (2025-10-09)
+++ v1 (2025-12-31)
@@ -95,189 +95,189 @@
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>ARCO'02. Feria Internacional de Arte Contemporáneo</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación. Intervención sobre la fachada de la Torre Colpatria de Bogotá</t>
   </si>
   <si>
     <t>Román Gubern: La imatge expandida</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Bolonia</t>
+  </si>
+  <si>
+    <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
+  </si>
+  <si>
+    <t>Nantes</t>
+  </si>
+  <si>
+    <t>Dark rooms</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Force Sight</t>
+  </si>
+  <si>
+    <t>Neuenstadt am Kocher</t>
+  </si>
+  <si>
+    <t>Disinformation. The Manufacture of consent</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Procesos. Cultura y Nuevas Tecnologías</t>
+  </si>
+  <si>
+    <t>Stichting Gordon Matta-Clark Een Selectie</t>
+  </si>
+  <si>
+    <t>Turnhout</t>
+  </si>
+  <si>
+    <t>Pamplona: video/arte</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
+  </si>
+  <si>
+    <t>Terrassa</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps I l'espai</t>
+  </si>
+  <si>
+    <t>9è Journées Internationales de la Photo et de l' Audiovisuel de Montepellier 1988</t>
+  </si>
+  <si>
+    <t>Montpellier</t>
+  </si>
+  <si>
+    <t>Variaciones en Gris</t>
+  </si>
+  <si>
+    <t>SKY ART Conference '81</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>ARCO'90</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis.Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
+    <t>World-Wide Video Festival Catalogue</t>
+  </si>
+  <si>
+    <t>Hague</t>
+  </si>
+  <si>
+    <t>Towards the lens</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>Espaces Interactifs. Europe</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Ars electronica.Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
+  </si>
+  <si>
+    <t>Linz</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>Las Arenas-Getxo</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
     <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
   </si>
   <si>
     <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
   </si>
   <si>
     <t>Taormina</t>
   </si>
   <si>
     <t>Lucena Videositiada. I Muestra de Vídeo</t>
   </si>
   <si>
     <t>Lucena</t>
   </si>
   <si>
     <t>4e Semaine Internationale de Vidéo</t>
   </si>
   <si>
     <t>Saint - Gervais Genève</t>
-  </si>
-[...118 lines deleted...]
-    <t>Pontevedra</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -786,396 +786,396 @@
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>18</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>37</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>58</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>59</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>9</v>
+        <v>60</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>69</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>70</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>