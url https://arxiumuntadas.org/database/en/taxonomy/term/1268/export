--- v1 (2025-12-31)
+++ v2 (2026-01-20)
@@ -95,50 +95,95 @@
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>ARCO'02. Feria Internacional de Arte Contemporáneo</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación. Intervención sobre la fachada de la Torre Colpatria de Bogotá</t>
   </si>
   <si>
     <t>Román Gubern: La imatge expandida</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
+    <t>Espaces Interactifs. Europe</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Ars electronica.Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
+  </si>
+  <si>
+    <t>Linz</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>Las Arenas-Getxo</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>Lucena Videositiada. I Muestra de Vídeo</t>
+  </si>
+  <si>
+    <t>Lucena</t>
+  </si>
+  <si>
+    <t>4e Semaine Internationale de Vidéo</t>
+  </si>
+  <si>
+    <t>Saint - Gervais Genève</t>
+  </si>
+  <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
   </si>
   <si>
     <t>Nantes</t>
   </si>
   <si>
     <t>Dark rooms</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Force Sight</t>
   </si>
   <si>
     <t>Neuenstadt am Kocher</t>
   </si>
   <si>
     <t>Disinformation. The Manufacture of consent</t>
@@ -189,95 +234,50 @@
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>ARCO'90</t>
   </si>
   <si>
     <t>Artifices 4. St. Denis.Langages en perspective.</t>
   </si>
   <si>
     <t>Saint-Denis</t>
   </si>
   <si>
     <t>World-Wide Video Festival Catalogue</t>
   </si>
   <si>
     <t>Hague</t>
   </si>
   <si>
     <t>Towards the lens</t>
   </si>
   <si>
     <t>Colonia</t>
-  </si>
-[...43 lines deleted...]
-    <t>Saint - Gervais Genève</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -846,336 +846,336 @@
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>37</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>65</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>66</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>67</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>69</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>70</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>