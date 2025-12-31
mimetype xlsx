--- v0 (2025-10-09)
+++ v1 (2025-12-31)
@@ -179,66 +179,66 @@
   <si>
     <t>Documenta X. Short Guide / Kurzfuhrer</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Ville Musée? Autour du projet City Museum</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
+    <t>West - Side</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Standard / Específico - Specifique - Specific</t>
+  </si>
+  <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
   <si>
     <t>Localización Bolsas</t>
-  </si>
-[...7 lines deleted...]
-    <t>Standard / Específico - Specifique - Specific</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1021,109 +1021,109 @@
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>15</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>54</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E28"/>
       <c r="F28" t="s">
         <v>56</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1972</v>
-[...4 lines deleted...]
-      </c>
+        <v>1988</v>
+      </c>
+      <c r="E29">
+        <v>1989</v>
+      </c>
+      <c r="F29"/>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>28</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E30"/>
+        <v>1999</v>
+      </c>
+      <c r="E30">
+        <v>2004</v>
+      </c>
       <c r="F30" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>60</v>
       </c>
       <c r="B31" t="s">
         <v>28</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1988</v>
-[...4 lines deleted...]
-      <c r="F31"/>
+        <v>1972</v>
+      </c>
+      <c r="E31"/>
+      <c r="F31" t="s">
+        <v>56</v>
+      </c>
       <c r="G31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>