--- v1 (2025-12-31)
+++ v2 (2026-01-20)
@@ -155,90 +155,90 @@
   <si>
     <t>Muntadas. La Ciudad Vacía</t>
   </si>
   <si>
     <t>M+M | Feb-23 | Antoni Muntadas | The Construction of Fear</t>
   </si>
   <si>
     <t>Desvelar lo público. Conversación pública entre Juan Herreros y Antoni Muntadas</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Dialogue Antoni Muntadas und Bartomeu Marí [Bienal de arquitectura de Graz]</t>
   </si>
   <si>
     <t>Graz</t>
   </si>
   <si>
     <t>15th ELIA Biennial Conference: Resilience and the City. Art, Education, Urbanism</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
+    <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
     <t>Documenta X. Short Guide / Kurzfuhrer</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Ville Musée? Autour du projet City Museum</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
-    <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
-[...4 lines deleted...]
-  <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
+    <t>Localización Bolsas</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
     <t>West - Side</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...1 lines deleted...]
-  <si>
     <t>Standard / Específico - Specifique - Specific</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
-  </si>
-[...1 lines deleted...]
-    <t>Localización Bolsas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -948,181 +948,181 @@
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>46</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="D24">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="D25">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>15</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>54</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28"/>
       <c r="D28">
         <v>1972</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>56</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1988</v>
-[...4 lines deleted...]
-      <c r="F29"/>
+        <v>1972</v>
+      </c>
+      <c r="E29"/>
+      <c r="F29" t="s">
+        <v>56</v>
+      </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>28</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1999</v>
+        <v>1988</v>
       </c>
       <c r="E30">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>1989</v>
+      </c>
+      <c r="F30"/>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B31" t="s">
         <v>28</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E31"/>
+        <v>1999</v>
+      </c>
+      <c r="E31">
+        <v>2004</v>
+      </c>
       <c r="F31" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>