--- v0 (2025-10-08)
+++ v1 (2025-11-06)
@@ -146,57 +146,57 @@
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>Les Nouveaux Imaginaires</t>
   </si>
   <si>
     <t>Charleroi</t>
   </si>
   <si>
     <t>9è Journées Internationales de la Photo et de l' Audiovisuel de Montepellier 1988</t>
   </si>
   <si>
     <t>Montpellier</t>
   </si>
   <si>
     <t>Corporate identities</t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>Nuits Blanches</t>
   </si>
   <si>
+    <t>Arlés</t>
+  </si>
+  <si>
     <t>El teléfono en la fotografía</t>
   </si>
   <si>
     <t>Madrid</t>
-  </si>
-[...1 lines deleted...]
-    <t>Arlés</t>
   </si>
   <si>
     <t>Portraits</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -834,111 +834,111 @@
       <c r="E16"/>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17">
         <v>1989</v>
       </c>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>46</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>29</v>
       </c>
       <c r="C23"/>
       <c r="D23">
         <v>1995</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">