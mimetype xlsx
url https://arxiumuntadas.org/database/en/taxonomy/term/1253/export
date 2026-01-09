--- v1 (2025-11-06)
+++ v2 (2026-01-09)
@@ -834,120 +834,120 @@
       <c r="E16"/>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17">
         <v>1989</v>
       </c>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>29</v>
       </c>
       <c r="C23"/>
       <c r="D23">
         <v>1995</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>48</v>
       </c>
       <c r="G23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>