--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -188,90 +188,90 @@
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Postal]</t>
   </si>
   <si>
     <t>Berkeley (CA)</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Folleto]</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Adhesivo]</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Punto de Libro]</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Poster]</t>
   </si>
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
+    <t>Muntadas. On Translation: Museum [Español]</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Inglés]</t>
+  </si>
+  <si>
+    <t>On Translation: Das Museum</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Catalán]</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>On Translation: La Alameda. Muntadas. Proyectos</t>
+  </si>
+  <si>
     <t>On Translation: I Giardini</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Muntadas: Protokolle</t>
   </si>
   <si>
     <t>Muntadas Bs.As.</t>
   </si>
   <si>
     <t>404 object not found</t>
   </si>
   <si>
     <t>Tomorrow</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Folleto]</t>
-  </si>
-[...16 lines deleted...]
-    <t>On Translation: La Alameda. Muntadas. Proyectos</t>
   </si>
   <si>
     <t>On Translation: l'Affiche</t>
   </si>
   <si>
     <t>Atenção</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1176,307 +1176,307 @@
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31"/>
       <c r="D31">
         <v>2000</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>55</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>58</v>
       </c>
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="D32">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34" t="s">
         <v>17</v>
       </c>
       <c r="D34">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>16</v>
       </c>
       <c r="C35" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D35">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B36" t="s">
         <v>16</v>
       </c>
       <c r="C36" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D36">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="B37" t="s">
         <v>16</v>
       </c>
       <c r="C37" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D37">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>64</v>
+      </c>
+      <c r="B38" t="s">
+        <v>16</v>
+      </c>
+      <c r="C38" t="s">
         <v>65</v>
       </c>
-      <c r="B38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D38">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B39" t="s">
         <v>16</v>
       </c>
       <c r="C39" t="s">
         <v>17</v>
       </c>
       <c r="D39">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>16</v>
       </c>
       <c r="C40" t="s">
         <v>17</v>
       </c>
       <c r="D40">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B41" t="s">
         <v>16</v>
       </c>
       <c r="C41" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D41">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B42" t="s">
         <v>16</v>
       </c>
       <c r="C42" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D42">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="B43" t="s">
         <v>16</v>
       </c>
       <c r="C43" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D43">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>71</v>
       </c>
       <c r="B44" t="s">
         <v>16</v>
       </c>
       <c r="C44" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D44">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>47</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>72</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
         <v>2002</v>
       </c>
       <c r="E47"/>
       <c r="F47"/>