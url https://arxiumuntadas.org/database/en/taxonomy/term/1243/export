--- v1 (2025-11-01)
+++ v2 (2025-12-16)
@@ -188,90 +188,90 @@
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Postal]</t>
   </si>
   <si>
     <t>Berkeley (CA)</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Folleto]</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Adhesivo]</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Punto de Libro]</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Poster]</t>
   </si>
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
+    <t>Muntadas. On Translation: Museum [Folleto]</t>
+  </si>
+  <si>
     <t>Muntadas. On Translation: Museum [Español]</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Inglés]</t>
   </si>
   <si>
     <t>On Translation: Das Museum</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Catalán]</t>
   </si>
   <si>
     <t>Edicions</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos</t>
   </si>
   <si>
     <t>On Translation: I Giardini</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Muntadas: Protokolle</t>
   </si>
   <si>
     <t>Muntadas Bs.As.</t>
   </si>
   <si>
     <t>404 object not found</t>
   </si>
   <si>
     <t>Tomorrow</t>
-  </si>
-[...1 lines deleted...]
-    <t>Muntadas. On Translation: Museum [Folleto]</t>
   </si>
   <si>
     <t>On Translation: l'Affiche</t>
   </si>
   <si>
     <t>Atenção</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1170,313 +1170,313 @@
       <c r="E30"/>
       <c r="F30" t="s">
         <v>55</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31"/>
       <c r="D31">
         <v>2000</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>55</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D32">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D33">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34" t="s">
         <v>17</v>
       </c>
       <c r="D34">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B35" t="s">
         <v>16</v>
       </c>
       <c r="C35" t="s">
         <v>17</v>
       </c>
       <c r="D35">
         <v>2002</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B36" t="s">
         <v>16</v>
       </c>
       <c r="C36" t="s">
         <v>17</v>
       </c>
       <c r="D36">
         <v>2003</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B37" t="s">
         <v>16</v>
       </c>
       <c r="C37" t="s">
         <v>17</v>
       </c>
       <c r="D37">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B38" t="s">
         <v>16</v>
       </c>
       <c r="C38" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="D38">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>66</v>
+        <v>14</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B39" t="s">
         <v>16</v>
       </c>
       <c r="C39" t="s">
         <v>17</v>
       </c>
       <c r="D39">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B40" t="s">
         <v>16</v>
       </c>
       <c r="C40" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="D40">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>16</v>
       </c>
       <c r="C41" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D41">
         <v>2006</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B42" t="s">
         <v>16</v>
       </c>
       <c r="C42" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D42">
         <v>2007</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="B43" t="s">
         <v>16</v>
       </c>
       <c r="C43" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D43">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>71</v>
       </c>
       <c r="B44" t="s">
         <v>16</v>
       </c>
       <c r="C44" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D44">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>47</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>72</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
         <v>2002</v>
       </c>
       <c r="E47"/>
       <c r="F47"/>